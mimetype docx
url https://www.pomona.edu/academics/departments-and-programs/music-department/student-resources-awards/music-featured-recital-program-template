--- v0 (2025-10-21)
+++ v1 (2025-12-13)
@@ -1,54 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6E9E34DD" w14:textId="77777777" w:rsidR="00276F0D" w:rsidRPr="00956781" w:rsidRDefault="00276F0D" w:rsidP="00956781">
       <w:r w:rsidRPr="00956781">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4704B9FA" wp14:editId="1B5F7AB9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-31750</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>19195</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="492652" cy="794766"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CollegeMark2013-standalone-1CF.eps"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
@@ -243,63 +246,55 @@
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00956781" w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00977FB3" w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> year</w:t>
+      <w:r w:rsidRPr="00956781">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>birth year</w:t>
       </w:r>
       <w:r w:rsidR="00977FB3" w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>death year</w:t>
       </w:r>
       <w:r w:rsidR="00977FB3" w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B58B459" w14:textId="28B5A059" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
@@ -692,65 +687,51 @@
         </w:rPr>
         <w:t>(for title with no movements | size 11pts.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Composer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64938E13" w14:textId="77777777" w:rsidR="00956781" w:rsidRPr="00956781" w:rsidRDefault="00956781" w:rsidP="00956781">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> year–death year)</w:t>
+        <w:t xml:space="preserve"> (birth year–death year)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BBE5376" w14:textId="77777777" w:rsidR="00956781" w:rsidRPr="00956781" w:rsidRDefault="00956781" w:rsidP="00956781">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F948034" w14:textId="77777777" w:rsidR="00956781" w:rsidRPr="00956781" w:rsidRDefault="00956781" w:rsidP="00956781">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
@@ -1006,67 +987,78 @@
         <w:t xml:space="preserve"> of Music </w:t>
       </w:r>
       <w:r w:rsidR="00276F0D" w:rsidRPr="00956781">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">OR </w:t>
       </w:r>
       <w:r w:rsidR="00276F0D" w:rsidRPr="00956781">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Lyman Hall</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, your neighbors can hear you! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A6A6CD" w14:textId="2BB15CC7" w:rsidR="00D75D89" w:rsidRDefault="00D75D89" w:rsidP="00956781">
+    <w:p w14:paraId="6F8DD399" w14:textId="77777777" w:rsidR="003F2D2F" w:rsidRPr="003F2D2F" w:rsidRDefault="003F2D2F" w:rsidP="003F2D2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00956781">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2D2F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E41185B" w14:textId="77777777" w:rsidR="00956781" w:rsidRPr="00956781" w:rsidRDefault="00956781" w:rsidP="00956781">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please be considerate of the audience and performers by silencing all electronic devises. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2D2F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Recording devices and cameras may not be used during the performance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E41185B" w14:textId="77777777" w:rsidR="00956781" w:rsidRPr="003F2D2F" w:rsidRDefault="00956781" w:rsidP="00956781">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72E1C1FC" w14:textId="325041A3" w:rsidR="00D75D89" w:rsidRDefault="00D75D89" w:rsidP="00956781">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>It is customary to hold all applause until the end of a piece or set of pieces</w:t>
       </w:r>
@@ -1133,864 +1125,789 @@
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PROGRAM NOTES and TRANSLATIONS</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09B"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C283696" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781"/>
     <w:p w14:paraId="6EDA43E1" w14:textId="6442DE97" w:rsidR="00484081" w:rsidRPr="007F7BE9" w:rsidRDefault="009A158A" w:rsidP="007F7BE9">
       <w:pPr>
         <w:pStyle w:val="ProgramNotesTitle"/>
         <w:framePr w:wrap="around"/>
       </w:pPr>
       <w:r w:rsidRPr="007F7BE9">
         <w:t>Composer Name or Short Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B58D2BC" w14:textId="5FBDB288" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781">
-      <w:pPr>
+    <w:p w14:paraId="0B58D2BC" w14:textId="0A5C308A" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00A30CDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program notes, first paragra</w:t>
       </w:r>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A158A" w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>lefted</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">no indent | </w:t>
+      </w:r>
+      <w:r w:rsidR="009A158A" w:rsidRPr="00956781">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>size 11pts.)</w:t>
+      </w:r>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no indent | </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="00956781">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sed do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eiusmod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tempor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>incididunt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aliqua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Quis ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>suspendisse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ultrices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gravida. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Risus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>commodo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>viverra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>maecenas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accumsan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lacus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>facilisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69992FB1" w14:textId="6EFB048E" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="009A158A" w:rsidP="00A30CDF">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Subsequent</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D89" w:rsidRPr="00956781">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paragraphs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956781">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first line .25 indent | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>size 11pts.)</w:t>
       </w:r>
-      <w:r w:rsidR="009A158A">
-[...6 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, sed do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eiusmod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tempor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>incididunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...23 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aliqua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...23 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Quis ipsum </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>suspendisse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ultrices</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> gravida. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Risus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>viverra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>maecenas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>accumsan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
-[...7 lines deleted...]
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>facilisis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
+      <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69992FB1" w14:textId="6EFB048E" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="009A158A" w:rsidP="009A158A">
-[...381 lines deleted...]
-    <w:p w14:paraId="34C77863" w14:textId="0C5E0DDC" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="009A158A">
+    <w:p w14:paraId="34C77863" w14:textId="0C5E0DDC" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00A30CDF">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="360"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:t xml:space="preserve">Quotation Block </w:t>
       </w:r>
       <w:r w:rsidR="009A158A" w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.25 indent </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">| </w:t>
+        <w:t xml:space="preserve">.25 indent left &amp; right | 6pt. space above and below paragraph | </w:t>
       </w:r>
       <w:r w:rsidR="009A158A" w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>size 11pts.)</w:t>
       </w:r>
       <w:r w:rsidR="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009A158A" w:rsidRPr="009A158A">
         <w:rPr>
@@ -2127,299 +2044,211 @@
               <w:t>Stanza 1 Line 1</w:t>
             </w:r>
             <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A3B1194" w14:textId="0B62BA53" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza 1 Line </w:t>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>Stanza 1 Line 2</w:t>
             </w:r>
             <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="171E03FB" w14:textId="21D21707" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza 1 Line </w:t>
-[...7 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>Stanza 1 Line 3</w:t>
             </w:r>
             <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="758B63E9" w14:textId="4ED11A14" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza 1 Line </w:t>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>Stanza 1 Line 4</w:t>
             </w:r>
             <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F84D687" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="007F7BE9" w:rsidRDefault="00D75D89" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26270709" w14:textId="24ED3D60" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Line 1</w:t>
+              <w:t>Stanza 2 Line 1</w:t>
             </w:r>
             <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AB861B6" w14:textId="3F4D408D" w:rsidR="007F7BE9" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="007F7BE9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Line 2</w:t>
+              <w:t>Stanza 2 Line 2</w:t>
             </w:r>
             <w:r w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E896174" w14:textId="2E10EFF7" w:rsidR="007F7BE9" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="007F7BE9">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Line 3</w:t>
+              <w:t>Stanza 2 Line 3</w:t>
             </w:r>
             <w:r w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="108581DF" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRDefault="007F7BE9" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stanza </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Line 4</w:t>
+              <w:t>Stanza 2 Line 4</w:t>
             </w:r>
             <w:r w:rsidRPr="009A158A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37B66108" w14:textId="2B78769F" w:rsidR="007F7BE9" w:rsidRPr="007F7BE9" w:rsidRDefault="007F7BE9" w:rsidP="007F7BE9">
             <w:pPr>
               <w:ind w:right="266"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F7BE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
@@ -2446,65 +2275,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007F7BE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dYR</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007F7BE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> written</w:t>
+              <w:t>, Yr written</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AB5403A" w14:textId="737BE421" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="00D75D89" w:rsidP="00956781">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A158A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>English Text</w:t>
             </w:r>
             <w:r w:rsidR="009A158A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2632,65 +2447,51 @@
             <w:r w:rsidRPr="007F7BE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Stanza 2 Line 4.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0927D9A1" w14:textId="0555285D" w:rsidR="007F7BE9" w:rsidRPr="009A158A" w:rsidRDefault="007F7BE9" w:rsidP="007F7BE9">
             <w:pPr>
               <w:ind w:right="266"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F7BE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translation person, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> trans.</w:t>
+              <w:t>Translation person, yr trans.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68D0B3E9" w14:textId="77777777" w:rsidR="009A158A" w:rsidRPr="00956781" w:rsidRDefault="009A158A" w:rsidP="00956781"/>
     <w:p w14:paraId="6B07E0EE" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="009A158A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="4" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="4" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:t>Here you should acknowledge/thank your teacher, and any others who supported and/or helped you in preparing the recital.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284D0220" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781"/>
     <w:p w14:paraId="2D573C40" w14:textId="6FFDE245" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="40"/>
@@ -2702,133 +2503,150 @@
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09A"/>
       </w:r>
       <w:r w:rsidR="00956781" w:rsidRPr="00956781">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PERFORMERS</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09B"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AF26B0" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781"/>
-    <w:p w14:paraId="086BF3B3" w14:textId="6B3DBE8A" w:rsidR="00D75D89" w:rsidRDefault="00D75D89" w:rsidP="00956781">
+    <w:p w14:paraId="086BF3B3" w14:textId="6C1783DE" w:rsidR="00D75D89" w:rsidRDefault="00D75D89" w:rsidP="00A30CDF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r w:rsidRPr="007F7BE9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Optional:</w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F7BE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Performer </w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="007F7BE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9">
-        <w:t xml:space="preserve"> &amp; </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00956781">
         <w:t xml:space="preserve">should be on the first line of the bio. </w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007F7BE9">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>lefted</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>no</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007F7BE9">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no indent | </w:t>
+        <w:t xml:space="preserve"> indent | </w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="00956781">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>size 11pts.)</w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2905,431 +2723,437 @@
         </w:rPr>
         <w:t>incididunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> labore et dolore magna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>labore</w:t>
+        <w:t>aliqua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et dolore magna </w:t>
+        <w:t xml:space="preserve">. Quis ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>aliqua</w:t>
+        <w:t>suspendisse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Quis</w:t>
+        <w:t>ultrices</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ipsum </w:t>
+        <w:t xml:space="preserve"> gravida. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>suspendisse</w:t>
+        <w:t>Risus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ultrices</w:t>
+        <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gravida. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Risus</w:t>
+        <w:t>viverra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>commodo</w:t>
+        <w:t>maecenas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>viverra</w:t>
+        <w:t>accumsan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>maecenas</w:t>
+        <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> vel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>accumsan</w:t>
+        <w:t>facilisis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7BE9" w:rsidRPr="009A158A">
         <w:rPr>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049B539B" w14:textId="012D6A06" w:rsidR="009A158A" w:rsidRDefault="009A158A" w:rsidP="00956781"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00956781">
+    <w:p w14:paraId="049B539B" w14:textId="2E46E43E" w:rsidR="009A158A" w:rsidRDefault="009A158A" w:rsidP="00956781"/>
+    <w:p w14:paraId="060B38E4" w14:textId="50B088E7" w:rsidR="009A158A" w:rsidRPr="00956781" w:rsidRDefault="009A158A" w:rsidP="00956781"/>
+    <w:p w14:paraId="3070D1A0" w14:textId="70AEDDC3" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00A30CDF" w:rsidP="00956781">
+      <w:r w:rsidRPr="00956781">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38F3C8F3" wp14:editId="704093A3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38F3C8F3" wp14:editId="39776561">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>52705</wp:posOffset>
+                  <wp:posOffset>4989061</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>7129145</wp:posOffset>
+                  <wp:posOffset>7170253</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1597660" cy="558800"/>
-                <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                <wp:extent cx="1597660" cy="799365"/>
+                <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1597660" cy="558800"/>
+                          <a:ext cx="1597660" cy="799365"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                            <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                            <a14:hiddenLine xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="14602F49" w14:textId="61A1F735" w:rsidR="00D75D89" w:rsidRPr="001427C8" w:rsidRDefault="00D75D89">
+                          <w:p w14:paraId="14602F49" w14:textId="05030BB2" w:rsidR="00D75D89" w:rsidRPr="001427C8" w:rsidRDefault="00A30CDF">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="001427C8">
+                            <w:r>
                               <w:rPr>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Ms. Champion will complete </w:t>
+                              <w:t>Concert Production Manager</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D75D89" w:rsidRPr="001427C8">
+                              <w:rPr>
+                                <w:bCs/>
+                                <w:i/>
+                                <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> will complete </w:t>
                             </w:r>
                             <w:r w:rsidR="007F7BE9">
                               <w:rPr>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                               </w:rPr>
                               <w:t>Upcoming Events</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="38F3C8F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:4.15pt;margin-top:561.35pt;width:125.8pt;height:44pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCXl7aD5wEAALYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SLWkrUdLXsahHS&#13;&#10;cpF2+YCJ4yQWiceM3Sbl6xk7TVngDfFiTeZy5syZye567Dtx1OQN2kKuFksptFVYGdsU8uvT/aut&#13;&#10;FD6AraBDqwt50l5e71++2A0u11fYYldpEgxifT64QrYhuDzLvGp1D36BTlsO1kg9BP6kJqsIBkbv&#13;&#10;u+xqudxkA1LlCJX2nr13U1DuE35daxU+17XXQXSFZG4hvZTeMr7Zfgd5Q+Bao8404B9Y9GAsN71A&#13;&#10;3UEAcSDzF1RvFKHHOiwU9hnWtVE6zcDTrJZ/TPPYgtNpFhbHu4tM/v/Bqk/HLyRMxbuTwkLPK3rS&#13;&#10;YxDvcBSvozqD8zknPTpOCyO7Y2ac1LsHVN+8sHjbgm30DREOrYaK2a1iZfasdMLxEaQcPmLFbeAQ&#13;&#10;MAGNNfURkMUQjM5bOl02E6mo2HL99s1mwyHFsfV6u12m1WWQz9WOfHivsRfRKCTx5hM6HB98iGwg&#13;&#10;n1NiM4v3puvS9jv7m4MToyexj4Qn6mEsx7MaJVYnnoNwOiY+fjZapB9SDHxIhfTfD0Baiu6DZS3i&#13;&#10;1c0GzUY5G2AVlxYySDGZt2G6zoMj07SMPKlt8Yb1qk0aJQo7sTjz5ONIE54POV7f8++U9et32/8E&#13;&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEAtgO5AAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMw&#13;&#10;ELwj8Q/WInGjdoJomzROVfE4ISHScODoxG5iNV6H2G3D37Oc4LLSzs7Oo9jObmBnMwXrUUKyEMAM&#13;&#10;tl5b7CR81C93a2AhKtRq8GgkfJsA2/L6qlC59heszHkfO0YiGHIloY9xzDkPbW+cCgs/GqTbwU9O&#13;&#10;RVqnjutJXUjcDTwVYsmdskgOvRrNY2/a4/7kJOw+sXq2X2/Ne3WobF1nAl+XRylvb+anDY3dBlg0&#13;&#10;c/z7gN8OlB9KCtb4E+rABgnreyISnKTpChgR0ocsA9YQlCZiBbws+P8i5Q8AAAD//wMAUEsBAi0A&#13;&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#13;&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#13;&#10;bHNQSwECLQAUAAYACAAAACEAl5e2g+cBAAC2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#13;&#10;Yy54bWxQSwECLQAUAAYACAAAACEAhALYDuQAAAAQAQAADwAAAAAAAAAAAAAAAABBBAAAZHJzL2Rv&#13;&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#13;&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:392.85pt;margin-top:564.6pt;width:125.8pt;height:62.95pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAhJuhP1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjp0HQx4hRdiw4D&#13;&#10;ugvQ9QNoWbaF2aJGKbGzrx8lx+m2vg17EWiROjznkN5ej30nDpq8QVvI1WIphbYKK2ObQj59u3/z&#13;&#10;TgofwFbQodWFPGovr3evX20Hl+sLbLGrNAkGsT4fXCHbEFyeZV61uge/QKctJ2ukHgJ/UpNVBAOj&#13;&#10;9112sVyuswGpcoRKe8+3d1NS7hJ+XWsVvtS110F0hWRuIZ2UzjKe2W4LeUPgWqNONOAfWPRgLDc9&#13;&#10;Q91BALEn8wKqN4rQYx0WCvsM69oonTSwmtXyLzWPLTidtLA53p1t8v8PVn0+PLqvJML4HkceYBLh&#13;&#10;3QOq715YvG3BNvqGCIdWQ8WNV9GybHA+Pz2NVvvcR5By+IQVDxn2ARPQWFMfXWGdgtF5AMez6XoM&#13;&#10;QsWWl5ur9ZpTinNXm83b9WVqAfn82pEPHzT2IgaFJB5qQofDgw+RDeRzSWxm8d50XRpsZ/+44MJ4&#13;&#10;k9hHwhP1MJYjV0cVJVZH1kE47QnvNQct0k8pBt6RQvofeyAtRffRshdxoeaA5qCcA7CKnxYySDGF&#13;&#10;t2FavL0j07SMPLlt8Yb9qk2S8szixJPnnhSedjQu1u/fqer5T9r9AgAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEAUlhQyeYAAAATAQAADwAAAGRycy9kb3ducmV2LnhtbExPTW+CQBC9N/E/bMakt7qAQRRZjOnH&#13;&#10;qUlTpIceF1hhIztL2VXpv+94spfJTN6b95HtJtOzixqdtiggXATAFNa20dgK+CrfntbAnJfYyN6i&#13;&#10;EvCrHOzy2UMm08ZesVCXg28ZiaBLpYDO+yHl3NWdMtIt7KCQsKMdjfR0ji1vRnklcdPzKAhW3EiN&#13;&#10;5NDJQT13qj4dzkbA/huLV/3zUX0Wx0KX5SbA99VJiMf59LKlsd8C82ry9w+4daD8kFOwyp6xcawX&#13;&#10;kKzjhKgEhNEmAnajBMtkCayiLYrjEHie8f9d8j8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#13;&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#13;&#10;ACEAISboT9YBAACRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#13;&#10;CAAAACEAUlhQyeYAAAATAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#13;&#10;AAAEAAQA8wAAAEMFAAAAAA==&#13;&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="14602F49" w14:textId="61A1F735" w:rsidR="00D75D89" w:rsidRPr="001427C8" w:rsidRDefault="00D75D89">
+                    <w:p w14:paraId="14602F49" w14:textId="05030BB2" w:rsidR="00D75D89" w:rsidRPr="001427C8" w:rsidRDefault="00A30CDF">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="001427C8">
+                      <w:r>
                         <w:rPr>
                           <w:bCs/>
                           <w:i/>
                           <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Ms. Champion will complete </w:t>
+                        <w:t>Concert Production Manager</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00D75D89" w:rsidRPr="001427C8">
+                        <w:rPr>
+                          <w:bCs/>
+                          <w:i/>
+                          <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> will complete </w:t>
                       </w:r>
                       <w:r w:rsidR="007F7BE9">
                         <w:rPr>
                           <w:bCs/>
                           <w:i/>
                           <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
                         </w:rPr>
                         <w:t>Upcoming Events</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3070D1A0" w14:textId="26291976" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="00956781"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7326B86B" w14:textId="2F505FC9" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="00A30CDF" w:rsidP="00A30CDF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="8387"/>
+        </w:tabs>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A158A">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sym w:font="Wingdings" w:char="F09A"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A158A">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">UPCOMING </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C6038F">
+        <w:sym w:font="Wingdings" w:char="F09A"/>
+      </w:r>
+      <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>EVENTS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A158A">
+        <w:t xml:space="preserve">UPCOMING </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6038F">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>EVENTS</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D89" w:rsidRPr="009A158A">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09B"/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5389FC0A" w14:textId="77777777" w:rsidR="009A158A" w:rsidRDefault="009A158A" w:rsidP="009A158A">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5389FC0A" w14:textId="0304C65D" w:rsidR="009A158A" w:rsidRDefault="009A158A" w:rsidP="009A158A">
       <w:pPr>
         <w:ind w:left="2160"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F7DE426" w14:textId="7457489F" w:rsidR="00D75D89" w:rsidRPr="00956781" w:rsidRDefault="00D75D89" w:rsidP="009A158A">
       <w:pPr>
         <w:ind w:left="2160"/>
       </w:pPr>
       <w:r w:rsidRPr="00956781">
         <w:t>Event Description</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA64246" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRPr="009A158A" w:rsidRDefault="00D75D89" w:rsidP="009A158A">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A158A">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -3446,236 +3270,243 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007F7BE9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call 909-607-2671</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D75D89" w:rsidRPr="007F7BE9" w:rsidSect="00D75D89">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E6881E7" w14:textId="77777777" w:rsidR="00E80742" w:rsidRDefault="00E80742">
+    <w:p w14:paraId="2B5B99C5" w14:textId="77777777" w:rsidR="0043317C" w:rsidRDefault="0043317C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EE356A3" w14:textId="77777777" w:rsidR="00E80742" w:rsidRDefault="00E80742">
+    <w:p w14:paraId="11143E27" w14:textId="77777777" w:rsidR="0043317C" w:rsidRDefault="0043317C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30CFD55B" w14:textId="77777777" w:rsidR="00E80742" w:rsidRDefault="00E80742">
+    <w:p w14:paraId="1FA1091E" w14:textId="77777777" w:rsidR="0043317C" w:rsidRDefault="0043317C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10B111B6" w14:textId="77777777" w:rsidR="00E80742" w:rsidRDefault="00E80742">
+    <w:p w14:paraId="6F42BF61" w14:textId="77777777" w:rsidR="0043317C" w:rsidRDefault="0043317C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B00DF95" w14:textId="77777777" w:rsidR="00D75D89" w:rsidRDefault="00D75D89"/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="143"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="79"/>
   <w:printFractionalCharacterWidth/>
   <w:mirrorMargins/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="6" w:dllVersion="2" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="3" w:dllVersion="517" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B18A3"/>
     <w:rsid w:val="000B18A3"/>
     <w:rsid w:val="001427C8"/>
     <w:rsid w:val="00151A9C"/>
     <w:rsid w:val="00181918"/>
     <w:rsid w:val="001E0F94"/>
+    <w:rsid w:val="0020475F"/>
     <w:rsid w:val="00276F0D"/>
+    <w:rsid w:val="002B05F2"/>
+    <w:rsid w:val="003F2D2F"/>
+    <w:rsid w:val="0043317C"/>
     <w:rsid w:val="00484081"/>
     <w:rsid w:val="007F7BE9"/>
+    <w:rsid w:val="008E0B72"/>
     <w:rsid w:val="00956781"/>
     <w:rsid w:val="00977FB3"/>
     <w:rsid w:val="009A158A"/>
+    <w:rsid w:val="00A30CDF"/>
     <w:rsid w:val="00A813CF"/>
+    <w:rsid w:val="00B14DCD"/>
     <w:rsid w:val="00BC1270"/>
     <w:rsid w:val="00C51395"/>
     <w:rsid w:val="00C6038F"/>
     <w:rsid w:val="00CC7280"/>
     <w:rsid w:val="00D75D89"/>
+    <w:rsid w:val="00DD47E3"/>
     <w:rsid w:val="00E80742"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65BCAA3A"/>
   <w14:defaultImageDpi w14:val="300"/>
-  <w15:docId w15:val="{B5305B69-F2CC-DE44-868F-F3C1BB896527}"/>
+  <w15:docId w15:val="{D939B833-D91C-5A41-B17A-195594C00D14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3747,98 +3578,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4071,59 +3905,55 @@
     <w:qFormat/>
     <w:rsid w:val="007F7BE9"/>
     <w:pPr>
       <w:framePr w:h="403" w:hRule="exact" w:hSpace="144" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:bottom w:val="double" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="245"/>
         <w:tab w:val="right" w:pos="7920"/>
       </w:tabs>
       <w:spacing w:line="254" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.music.pomona.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\Alfred%20Cramer\My%20Documents\Setups\MSOffice\Program.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4404,78 +4234,78 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>C:\Documents and Settings\Alfred Cramer\My Documents\Setups\MSOffice\Program.dot</Template>
+  <Template>recital-program-template.docx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>543</Words>
-  <Characters>3100</Characters>
+  <Words>537</Words>
+  <Characters>3065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Program Style Sheet (Fall 2001)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Pomona College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3636</CharactersWithSpaces>
+  <CharactersWithSpaces>3595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274515</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.music.pomona.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>